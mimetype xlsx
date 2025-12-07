--- v0 (2025-10-09)
+++ v1 (2025-12-07)
@@ -11,51 +11,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="熱門課程" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="32">
   <si>
     <t>編號</t>
   </si>
   <si>
     <t>課程名稱</t>
   </si>
   <si>
     <t>形式</t>
   </si>
   <si>
     <t>類別</t>
   </si>
   <si>
     <t>時數</t>
   </si>
   <si>
     <t>人數</t>
   </si>
   <si>
     <t>開課日期</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
@@ -91,105 +91,66 @@
   <si>
     <t>上傳影片 + 格式說明</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>如何製作相簿</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>如何製作意見調查或案例挑戰Case Challenge</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>1475</t>
-[...2 lines deleted...]
-    <t>常見性傳染症診斷、治療與預防 （一）【全身型性傳染症】</t>
+    <t>1472</t>
+  </si>
+  <si>
+    <t>TAASM世界男性健康日講座(專業場)：2024 LISWT 認證課程暨睪固酮論壇</t>
   </si>
   <si>
     <t>研討會</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>2025-04-27</t>
-[...19 lines deleted...]
-  <si>
     <t>2024-10-26</t>
-  </si>
-[...16 lines deleted...]
-    <t>常見性傳染症診斷、治療與預防 （三）【潰瘍型性傳染症】</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <fonts x14ac:knownFonts="1" count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -212,51 +173,51 @@
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" builtinId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultPivotStyle="PivotStyleMedium9" defaultTableStyle="TableStyleMedium2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G11"/>
+  <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col max="1" min="1" width="10" customWidth="1"/>
     <col max="2" min="2" width="60" customWidth="1"/>
     <col max="3" min="3" width="10" customWidth="1"/>
     <col max="4" min="4" width="15" customWidth="1"/>
     <col max="5" min="5" width="10" customWidth="1"/>
     <col max="6" min="6" width="10" customWidth="1"/>
     <col max="7" min="7" width="15" customWidth="1"/>
     <col max="1025" min="8" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -390,138 +351,46 @@
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>31</v>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
-[...90 lines deleted...]
-    </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>FormosaSoft</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>