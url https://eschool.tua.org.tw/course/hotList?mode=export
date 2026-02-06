--- v1 (2025-12-07)
+++ v2 (2026-02-06)
@@ -11,51 +11,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="熱門課程" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="25">
   <si>
     <t>編號</t>
   </si>
   <si>
     <t>課程名稱</t>
   </si>
   <si>
     <t>形式</t>
   </si>
   <si>
     <t>類別</t>
   </si>
   <si>
     <t>時數</t>
   </si>
   <si>
     <t>人數</t>
   </si>
   <si>
     <t>開課日期</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
@@ -64,93 +64,72 @@
   <si>
     <t>線上</t>
   </si>
   <si>
     <t>未分類</t>
   </si>
   <si>
     <t>0.5</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>2015-01-29</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>如何編輯文件</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>如何製作相簿</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
     <t>215</t>
   </si>
   <si>
     <t>上傳影片 + 格式說明</t>
   </si>
   <si>
-    <t>103</t>
-[...10 lines deleted...]
-  <si>
     <t>212</t>
   </si>
   <si>
     <t>如何製作意見調查或案例挑戰Case Challenge</t>
   </si>
   <si>
     <t>101</t>
-  </si>
-[...16 lines deleted...]
-    <t>2024-10-26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <fonts x14ac:knownFonts="1" count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -173,51 +152,51 @@
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" builtinId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultPivotStyle="PivotStyleMedium9" defaultTableStyle="TableStyleMedium2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G7"/>
+  <dimension ref="A1:G6"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col max="1" min="1" width="10" customWidth="1"/>
     <col max="2" min="2" width="60" customWidth="1"/>
     <col max="3" min="3" width="10" customWidth="1"/>
     <col max="4" min="4" width="15" customWidth="1"/>
     <col max="5" min="5" width="10" customWidth="1"/>
     <col max="6" min="6" width="10" customWidth="1"/>
     <col max="7" min="7" width="15" customWidth="1"/>
     <col max="1025" min="8" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -299,98 +278,75 @@
       </c>
       <c r="F4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="B6" s="0" t="s">
+      <c r="C6" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G6" s="1" t="s">
         <v>13</v>
-      </c>
-[...21 lines deleted...]
-        <v>31</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>FormosaSoft</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>